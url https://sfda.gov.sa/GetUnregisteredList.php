--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R285fc3ac7b144405" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5069a25a7694934" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ree4ab24289f84b1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9964aa62bc52406e"/>
   </x:sheets>
   <x:definedNames/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd/MMM/yyyy hh:mm:ss"/>
     <x:numFmt numFmtId="165" formatCode="dd/MMM/yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="FFFFFF"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -89,51 +89,51 @@
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf numFmtId="164"/>
     <x:xf numFmtId="165"/>
     <x:xf fontId="1" fillId="3" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="3"/>
     <x:xf numFmtId="4"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ree4ab24289f84b1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9964aa62bc52406e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="20" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="20" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="20" customHeight="1">
       <x:c r="A1" s="3" t="str">
         <x:v>SCINTIFIC_NAME</x:v>
       </x:c>
       <x:c r="B1" s="3" t="str">
         <x:v>STRENGTH</x:v>
       </x:c>
       <x:c r="C1" s="3" t="str">
         <x:v>DOSAGE_FORM</x:v>
       </x:c>
       <x:c r="D1" s="3" t="str">
         <x:v>type</x:v>
       </x:c>