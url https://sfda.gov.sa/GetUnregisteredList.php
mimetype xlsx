--- v1 (2025-12-14)
+++ v2 (2025-12-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5069a25a7694934" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e4c116c5794d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9964aa62bc52406e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R8a5a37e187e946fd"/>
   </x:sheets>
   <x:definedNames/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd/MMM/yyyy hh:mm:ss"/>
     <x:numFmt numFmtId="165" formatCode="dd/MMM/yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="FFFFFF"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -89,51 +89,51 @@
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf numFmtId="164"/>
     <x:xf numFmtId="165"/>
     <x:xf fontId="1" fillId="3" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="3"/>
     <x:xf numFmtId="4"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9964aa62bc52406e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8a5a37e187e946fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="20" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="20" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="20" customHeight="1">
       <x:c r="A1" s="3" t="str">
         <x:v>SCINTIFIC_NAME</x:v>
       </x:c>
       <x:c r="B1" s="3" t="str">
         <x:v>STRENGTH</x:v>
       </x:c>
       <x:c r="C1" s="3" t="str">
         <x:v>DOSAGE_FORM</x:v>
       </x:c>
       <x:c r="D1" s="3" t="str">
         <x:v>type</x:v>
       </x:c>