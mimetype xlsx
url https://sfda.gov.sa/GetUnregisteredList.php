--- v2 (2025-12-17)
+++ v3 (2025-12-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e4c116c5794d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb78db0c1d47b4523" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R8a5a37e187e946fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R893f51402f3b4d3c"/>
   </x:sheets>
   <x:definedNames/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd/MMM/yyyy hh:mm:ss"/>
     <x:numFmt numFmtId="165" formatCode="dd/MMM/yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="FFFFFF"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -89,51 +89,51 @@
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf numFmtId="164"/>
     <x:xf numFmtId="165"/>
     <x:xf fontId="1" fillId="3" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="3"/>
     <x:xf numFmtId="4"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8a5a37e187e946fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R893f51402f3b4d3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="20" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="20" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="20" customHeight="1">
       <x:c r="A1" s="3" t="str">
         <x:v>SCINTIFIC_NAME</x:v>
       </x:c>
       <x:c r="B1" s="3" t="str">
         <x:v>STRENGTH</x:v>
       </x:c>
       <x:c r="C1" s="3" t="str">
         <x:v>DOSAGE_FORM</x:v>
       </x:c>
       <x:c r="D1" s="3" t="str">
         <x:v>type</x:v>
       </x:c>