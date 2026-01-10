--- v3 (2025-12-17)
+++ v4 (2026-01-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb78db0c1d47b4523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c4d835622d4440" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R893f51402f3b4d3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7c8c391251d840ab"/>
   </x:sheets>
   <x:definedNames/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd/MMM/yyyy hh:mm:ss"/>
     <x:numFmt numFmtId="165" formatCode="dd/MMM/yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="FFFFFF"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -89,51 +89,51 @@
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf numFmtId="164"/>
     <x:xf numFmtId="165"/>
     <x:xf fontId="1" fillId="3" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="3"/>
     <x:xf numFmtId="4"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R893f51402f3b4d3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c8c391251d840ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="20" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="20" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="20" customHeight="1">
       <x:c r="A1" s="3" t="str">
         <x:v>SCINTIFIC_NAME</x:v>
       </x:c>
       <x:c r="B1" s="3" t="str">
         <x:v>STRENGTH</x:v>
       </x:c>
       <x:c r="C1" s="3" t="str">
         <x:v>DOSAGE_FORM</x:v>
       </x:c>
       <x:c r="D1" s="3" t="str">
         <x:v>type</x:v>
       </x:c>