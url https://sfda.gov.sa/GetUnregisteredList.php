--- v4 (2026-01-10)
+++ v5 (2026-01-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c4d835622d4440" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e0b7abe24994da6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7c8c391251d840ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re7553c004a63410a"/>
   </x:sheets>
   <x:definedNames/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd/MMM/yyyy hh:mm:ss"/>
     <x:numFmt numFmtId="165" formatCode="dd/MMM/yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="FFFFFF"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -89,51 +89,51 @@
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf numFmtId="164"/>
     <x:xf numFmtId="165"/>
     <x:xf fontId="1" fillId="3" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="3"/>
     <x:xf numFmtId="4"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c8c391251d840ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re7553c004a63410a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="20" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="20" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="20" customHeight="1">
       <x:c r="A1" s="3" t="str">
         <x:v>SCINTIFIC_NAME</x:v>
       </x:c>
       <x:c r="B1" s="3" t="str">
         <x:v>STRENGTH</x:v>
       </x:c>
       <x:c r="C1" s="3" t="str">
         <x:v>DOSAGE_FORM</x:v>
       </x:c>
       <x:c r="D1" s="3" t="str">
         <x:v>type</x:v>
       </x:c>