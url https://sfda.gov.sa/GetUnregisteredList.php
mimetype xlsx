--- v5 (2026-01-31)
+++ v6 (2026-03-02)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e0b7abe24994da6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e2ebb880f4455c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re7553c004a63410a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7590ef37942f4ee7"/>
   </x:sheets>
   <x:definedNames/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd/MMM/yyyy hh:mm:ss"/>
     <x:numFmt numFmtId="165" formatCode="dd/MMM/yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="FFFFFF"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -89,51 +89,51 @@
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf numFmtId="164"/>
     <x:xf numFmtId="165"/>
     <x:xf fontId="1" fillId="3" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="3"/>
     <x:xf numFmtId="4"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re7553c004a63410a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7590ef37942f4ee7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="20" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="20" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="20" customHeight="1">
       <x:c r="A1" s="3" t="str">
         <x:v>SCINTIFIC_NAME</x:v>
       </x:c>
       <x:c r="B1" s="3" t="str">
         <x:v>STRENGTH</x:v>
       </x:c>
       <x:c r="C1" s="3" t="str">
         <x:v>DOSAGE_FORM</x:v>
       </x:c>
       <x:c r="D1" s="3" t="str">
         <x:v>type</x:v>
       </x:c>