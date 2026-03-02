--- v6 (2026-03-02)
+++ v7 (2026-03-02)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e2ebb880f4455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R422f855fe8a04170" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7590ef37942f4ee7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfc20a7be42f142e0"/>
   </x:sheets>
   <x:definedNames/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd/MMM/yyyy hh:mm:ss"/>
     <x:numFmt numFmtId="165" formatCode="dd/MMM/yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="FFFFFF"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -89,51 +89,51 @@
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf numFmtId="164"/>
     <x:xf numFmtId="165"/>
     <x:xf fontId="1" fillId="3" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="3"/>
     <x:xf numFmtId="4"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7590ef37942f4ee7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc20a7be42f142e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="20" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="20" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="20" customHeight="1">
       <x:c r="A1" s="3" t="str">
         <x:v>SCINTIFIC_NAME</x:v>
       </x:c>
       <x:c r="B1" s="3" t="str">
         <x:v>STRENGTH</x:v>
       </x:c>
       <x:c r="C1" s="3" t="str">
         <x:v>DOSAGE_FORM</x:v>
       </x:c>
       <x:c r="D1" s="3" t="str">
         <x:v>type</x:v>
       </x:c>