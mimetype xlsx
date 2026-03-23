--- v7 (2026-03-02)
+++ v8 (2026-03-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R422f855fe8a04170" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ae4753fd10b42bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfc20a7be42f142e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R77df25dee10b4321"/>
   </x:sheets>
   <x:definedNames/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd/MMM/yyyy hh:mm:ss"/>
     <x:numFmt numFmtId="165" formatCode="dd/MMM/yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="FFFFFF"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -89,51 +89,51 @@
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf numFmtId="164"/>
     <x:xf numFmtId="165"/>
     <x:xf fontId="1" fillId="3" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="3"/>
     <x:xf numFmtId="4"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc20a7be42f142e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R77df25dee10b4321" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="20" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="20" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="20" customHeight="1">
       <x:c r="A1" s="3" t="str">
         <x:v>SCINTIFIC_NAME</x:v>
       </x:c>
       <x:c r="B1" s="3" t="str">
         <x:v>STRENGTH</x:v>
       </x:c>
       <x:c r="C1" s="3" t="str">
         <x:v>DOSAGE_FORM</x:v>
       </x:c>
       <x:c r="D1" s="3" t="str">
         <x:v>type</x:v>
       </x:c>