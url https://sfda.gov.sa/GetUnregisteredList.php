--- v8 (2026-03-23)
+++ v9 (2026-03-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ae4753fd10b42bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf21c5a17d2a645f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R77df25dee10b4321"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc3974a01952840d9"/>
   </x:sheets>
   <x:definedNames/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="dd/MMM/yyyy hh:mm:ss"/>
     <x:numFmt numFmtId="165" formatCode="dd/MMM/yyyy"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="FFFFFF"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -89,51 +89,51 @@
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf numFmtId="164"/>
     <x:xf numFmtId="165"/>
     <x:xf fontId="1" fillId="3" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="3"/>
     <x:xf numFmtId="4"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R77df25dee10b4321" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc3974a01952840d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="20" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="20" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="20" customHeight="1">
       <x:c r="A1" s="3" t="str">
         <x:v>SCINTIFIC_NAME</x:v>
       </x:c>
       <x:c r="B1" s="3" t="str">
         <x:v>STRENGTH</x:v>
       </x:c>
       <x:c r="C1" s="3" t="str">
         <x:v>DOSAGE_FORM</x:v>
       </x:c>
       <x:c r="D1" s="3" t="str">
         <x:v>type</x:v>
       </x:c>