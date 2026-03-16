--- v1 (2025-12-16)
+++ v2 (2026-03-16)
@@ -8053,52 +8053,56 @@
       <c r="M76"/>
       <c r="N76"/>
       <c r="O76"/>
       <c r="P76"/>
       <c r="Q76"/>
       <c r="R76" t="s">
         <v>51</v>
       </c>
       <c r="S76" t="s">
         <v>51</v>
       </c>
       <c r="T76" t="s">
         <v>68</v>
       </c>
       <c r="U76" t="s">
         <v>67</v>
       </c>
       <c r="V76"/>
       <c r="W76"/>
       <c r="X76"/>
       <c r="Y76"/>
       <c r="Z76"/>
       <c r="AA76" t="s">
         <v>51</v>
       </c>
-      <c r="AB76"/>
-      <c r="AC76"/>
+      <c r="AB76" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC76" t="s">
+        <v>68</v>
+      </c>
       <c r="AD76"/>
       <c r="AE76"/>
       <c r="AF76" t="s">
         <v>67</v>
       </c>
       <c r="AG76" t="s">
         <v>68</v>
       </c>
       <c r="AH76"/>
       <c r="AI76"/>
       <c r="AJ76"/>
       <c r="AK76"/>
       <c r="AL76"/>
       <c r="AM76" t="s">
         <v>67</v>
       </c>
       <c r="AN76" t="s">
         <v>68</v>
       </c>
       <c r="AO76" t="s">
         <v>51</v>
       </c>
       <c r="AP76" t="s">
         <v>51</v>
       </c>